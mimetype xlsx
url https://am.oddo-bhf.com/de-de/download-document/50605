--- v0 (2026-03-11)
+++ v1 (2026-03-31)
@@ -1107,29 +1107,29 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" applyFill="1" borderId="0" applyAlignment="1" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" xfId="0">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyAlignment="1" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="0"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="46697-SCPERF-GB-xxx-20260309" sheetId="1" r:id="rId1"/>
+    <sheet name="46697-SCPERF-GB-xxx-20260330" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>